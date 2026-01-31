--- v0 (2025-11-28)
+++ v1 (2026-01-31)
@@ -1169,92 +1169,92 @@
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="13"/>
       <c r="M30" s="7"/>
     </row>
     <row r="31">
       <c r="A31" s="7"/>
       <c r="B31" s="7"/>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
       <c r="E31" s="7"/>
       <c r="F31" s="7"/>
       <c r="G31" s="7"/>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
     </row>
   </sheetData>
   <mergeCells count="43">
     <mergeCell ref="B15:C15"/>
+    <mergeCell ref="B19:D19"/>
+    <mergeCell ref="B20:D20"/>
+    <mergeCell ref="B18:C18"/>
+    <mergeCell ref="B12:C12"/>
+    <mergeCell ref="B21:D21"/>
+    <mergeCell ref="B7:C7"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="B2:F3"/>
+    <mergeCell ref="B9:C9"/>
     <mergeCell ref="B10:C10"/>
-    <mergeCell ref="B18:C18"/>
-[...1 lines deleted...]
-    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="B11:C11"/>
     <mergeCell ref="B8:C8"/>
-    <mergeCell ref="B7:C7"/>
-[...1 lines deleted...]
-    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="B25:C26"/>
     <mergeCell ref="B23:D23"/>
     <mergeCell ref="B22:D22"/>
-    <mergeCell ref="B21:D21"/>
-[...3 lines deleted...]
-    <mergeCell ref="B25:C26"/>
     <mergeCell ref="E9:F9"/>
-    <mergeCell ref="E11:F11"/>
-    <mergeCell ref="E8:F8"/>
+    <mergeCell ref="E10:F10"/>
+    <mergeCell ref="E7:F7"/>
+    <mergeCell ref="E6:F6"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="E15:G15"/>
     <mergeCell ref="E25:F26"/>
-    <mergeCell ref="E7:F7"/>
-[...1 lines deleted...]
-    <mergeCell ref="E10:F10"/>
+    <mergeCell ref="E8:F8"/>
+    <mergeCell ref="E11:F11"/>
     <mergeCell ref="F19:G19"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="F22:G22"/>
     <mergeCell ref="F23:G23"/>
     <mergeCell ref="F20:G20"/>
-    <mergeCell ref="F21:G21"/>
-    <mergeCell ref="F22:G22"/>
     <mergeCell ref="G2:J2"/>
     <mergeCell ref="H29:K29"/>
     <mergeCell ref="H25:H26"/>
+    <mergeCell ref="H28:K28"/>
     <mergeCell ref="H3:J3"/>
-    <mergeCell ref="H28:K28"/>
+    <mergeCell ref="I23:J23"/>
+    <mergeCell ref="I7:J7"/>
+    <mergeCell ref="I20:J20"/>
     <mergeCell ref="I19:J19"/>
     <mergeCell ref="I22:J22"/>
     <mergeCell ref="I21:J21"/>
-    <mergeCell ref="I20:J20"/>
-[...1 lines deleted...]
-    <mergeCell ref="I23:J23"/>
+    <mergeCell ref="J15:K15"/>
     <mergeCell ref="J25:K26"/>
-    <mergeCell ref="J15:K15"/>
   </mergeCells>
   <extLst/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.0" customHeight="1"/>
   <cols>
     <col min="1" max="1" style="48" width="4.5"/>
     <col min="2" max="2048" style="48" width="13.24"/>
   </cols>
   <sheetData>
     <row r="2" ht="15.0">
       <c r="B2" s="49" t="s">
         <v>30</v>
       </c>
       <c r="C2" s="50"/>
     </row>
     <row r="3" ht="27.0">
       <c r="B3" s="51" t="s">
@@ -1324,46 +1324,46 @@
       <c r="C10" s="52"/>
       <c r="D10" s="52"/>
       <c r="E10" s="52"/>
       <c r="F10" s="52"/>
       <c r="G10" s="52"/>
       <c r="H10" s="52"/>
       <c r="I10" s="52"/>
     </row>
     <row r="11">
       <c r="B11" s="48" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" ht="15.0">
       <c r="B13" s="54" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14">
       <c r="B14" s="48" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
+    <mergeCell ref="B10:I10"/>
     <mergeCell ref="B7:I7"/>
     <mergeCell ref="B3:F4"/>
-    <mergeCell ref="B10:I10"/>
     <mergeCell ref="B14:F14"/>
     <mergeCell ref="J8:Q8"/>
   </mergeCells>
   <extLst/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Zoho Sheet Writer</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </cp:coreProperties>
 </file>